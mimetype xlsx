--- v0 (2025-11-24)
+++ v1 (2026-02-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="-" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -62,65 +62,65 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="18"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1"/>
+  <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="4.48046875" customWidth="true"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.2109375" customWidth="true"/>
+    <col min="1" max="1" width="3.83984375" customWidth="true"/>
+    <col min="2" max="2" width="10.625" customWidth="true"/>
+    <col min="3" max="3" width="17.3671875" customWidth="true"/>
+    <col min="4" max="4" width="10.46875" customWidth="true"/>
     <col min="5" max="5" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Package Name</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>COST (RM)</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">